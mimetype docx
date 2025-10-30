--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,178 +1,226 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2DC4E8B5" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
+    <w:p w14:paraId="2DC4E8B5" w14:textId="041769E8" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_x3nva9t0ejpr" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ISA x Daigon </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
         <w:br/>
-        <w:t>Esports Competition 2024-25</w:t>
+        <w:t>Esports Competition 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00723C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00723C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76203A2C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_w9amk9gt4yiq" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>Rules, Formats, and Minimum Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D64A2B2" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_m9f68887iwpb" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>Welcome to DAIGON!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C2521E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear ISA School Staff, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D51F5E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28212427" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
+    <w:p w14:paraId="28212427" w14:textId="12E31B80" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t>We are excited to have you join the ISA x Daigon Esports Competition 2024-25 in partnership with DAIGON Esports. We’re looking forward to getting the competition underway and connecting the ISA community through esports. Below you will find an overview of the two games we will be hosting for the 2024-25 competition (Minecraft “Capture the Flag” and Rocket League) along with our Rule Book and Code of Conduct. Please make sure you carefully review the minimum requirements and formats to make sure you are up t</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">o speed ahead of the competition. </w:t>
+        <w:t>We are excited to have you join the ISA x Daigon Esports Competition 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00723C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00723C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in partnership with DAIGON Esports. We’re looking forward to getting the competition underway and connecting the ISA community through esports. Below you will find an overview of the two games we will be hosting for the 2024-25 competition (Minecraft “Capture the Flag” and Rocket League) along with our Rule Book and Code of Conduct. Please make sure you carefully review the minimum requirements and formats to make sure you are up to speed ahead of the competition. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A74BF31" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BD7782C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
-[...12 lines deleted...]
-        <w:r>
+    <w:p w14:paraId="0BD7782C" w14:textId="73A07065" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+        <w:t>If you have any questions feel free to reach out by email at</w:t>
+      </w:r>
+      <w:r w:rsidR="00723C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00723C3B" w:rsidRPr="00994BB4">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
-            <w:color w:val="1155CC"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>support@daigonesports.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve"> or book a short support call </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8">
+      <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve"> with our CEO Elliot who will be happy to help. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6429DA64" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_pakegp6ab4g0" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>Table of Content</w:t>
       </w:r>
@@ -1941,114 +1989,100 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Conclusion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:tab/>
               <w:t>14</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="49DF925E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F85526">
-          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="11909" w:h="16834"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20FEF558" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_7r5m4gavyuqm" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Rocket League</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7016F899" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_3cxve0e0t8a8" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t xml:space="preserve">Overview </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C4BF84C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_8uti7det923a" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t xml:space="preserve">Description </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4981590B" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rocket League is best described as "soccer with rocket-powered cars". Players control a vehicle in an enclosed arena, with the objective of using their car to hit a larger-sized ball into the opponent's goal to score points, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> soccer. The game is known for its physics-based gameplay, which allows players to perform complex manoeuvres with their cars, including flips, spins, and aerial boosts.</w:t>
+        <w:t>Rocket League is best described as "soccer with rocket-powered cars". Players control a vehicle in an enclosed arena, with the objective of using their car to hit a larger-sized ball into the opponent's goal to score points, similar to soccer. The game is known for its physics-based gameplay, which allows players to perform complex manoeuvres with their cars, including flips, spins, and aerial boosts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0241E83F" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_5qxllka78erh" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>Team Size</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="357765EB" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>3 Players</w:t>
       </w:r>
     </w:p>
@@ -2084,105 +2118,83 @@
       <w:r>
         <w:t xml:space="preserve">Competition Format </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F5D453" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_ntz8fy98z8dz" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>Game Format</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76DF4765" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">Each match-up will be in a Best-of-Seven (BO7) format, with each game lasting 5 minutes (around 35min max). The home team coach will designate a captain who will </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> creating the lobby and setting up the match. </w:t>
+        <w:t xml:space="preserve">Each match-up will be in a Best-of-Seven (BO7) format, with each game lasting 5 minutes (around 35min max). The home team coach will designate a captain who will be in charge of creating the lobby and setting up the match. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EC2E653" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_2se521m42ttq" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>Game Settings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="460AE913" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
         <w:t>Game Mode:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Soccar</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2B9C5F89" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
         <w:t>Arena:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve"> DFH Stadium</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2909D83F" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
@@ -2378,67 +2390,67 @@
         <w:t>Minimum Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F787CC" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_fiu24tru4qq3" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t>Operating System</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A218170" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">For the latest information: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
+      <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://store.epicgames.com/en-US/p/rocket-league</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
+      <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:br/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="526F87D8" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_n7uqxw83vaa3" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve">Windows (Minimum) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BBB415D" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:u w:val="single"/>
@@ -2446,302 +2458,292 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4535"/>
         <w:gridCol w:w="4535"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F85526" w14:paraId="05C81EF3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79C742BB" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>OS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C57F7BE" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Windows 7 (64 bit) or Newer (64 bit) Windows OS + Direct X 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="654F0109" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="69580B8B" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>CPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="71BFC755" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>2.5 GHz Dual core</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="6C98C2D7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="22E7AB89" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>RAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2CAC6483" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>4GB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="4CD2566D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B77965C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>GPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="75D022C2" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>NVIDIA GeForce 760, AMD Radeon R7 270X, or better</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="7F9F128E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C4A6771" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Disk Space</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D6F3DB5" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>20GB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -2771,310 +2773,300 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4535"/>
         <w:gridCol w:w="4535"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F85526" w14:paraId="2418480A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2CB6ABD4" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>OS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76EAADBE" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Windows 7 (64 bit) or Newer (64 bit) Windows OS + Direct X 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="366DF50C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="52905E68" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>CPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07828D28" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>3.0+ GHz Quad core</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="4A845DCF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="335EAC12" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>RAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51FBF8CB" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>8GB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="68673023" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="530FB4C6" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>GPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C970352" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t xml:space="preserve">NVIDIA GeForce GTX 1060, AMD </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Radeon RX 470, or better</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="16F64C5C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59AE9644" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Disk Space</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="19C78998" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>20GB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -3083,77 +3075,55 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="767CE127" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_fvwm7f6ktpdy" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>Console</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FD67C59" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> 5</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+        <w:t>Playstation 4, Playstation 5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="526D3161" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>Xbox One, Xbox S, Xbox S</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420C4848" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -3336,103 +3306,87 @@
         <w:br/>
         <w:t xml:space="preserve">Competition Format </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E34234C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_c6eaf97wtp2u" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>Game Format</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="413AEF6E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">Every match-up is composed of two 20-minute games (c. 40 min total). Each game will be hosted by one of the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> captain or coach using DAIGON Esports Minecraft accounts. The winner will be decided in the following order: First, the team who wins the most games; if tied, the team who has the most points across both games; if tied, the team with the most “Away” points (Away being the game not hosted by the school). If no winner can be determined after that, the match-up will be a draw. </w:t>
+        <w:t xml:space="preserve">Every match-up is composed of two 20-minute games (c. 40 min total). Each game will be hosted by one of the teams captain or coach using DAIGON Esports Minecraft accounts. The winner will be decided in the following order: First, the team who wins the most games; if tied, the team who has the most points across both games; if tied, the team with the most “Away” points (Away being the game not hosted by the school). If no winner can be determined after that, the match-up will be a draw. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D001A1E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_uc4cs9yo62f0" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t>Map</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F6AB7E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">Released at the start of the season </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>download practice map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D1DDC43" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_ayk53e25fjrd" w:colFirst="0" w:colLast="0"/>
@@ -3502,51 +3456,51 @@
         <w:t>Minimum Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2953AE0F" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_y4dbk8kdnuxn" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>Operating System</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A492F13" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">For the latest information: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
+      <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://education.minecraft.net/en-us/licensing</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:br/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="349F932A" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_vf9gmacjmf4f" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
@@ -3561,295 +3515,287 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a1"/>
         <w:tblW w:w="9029" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4514"/>
         <w:gridCol w:w="4515"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F85526" w14:paraId="4BFC52BE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="175CE0DC" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>OS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="612B0F71" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Windows 11, Windows 10, Windows 8*, Windows 7*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="5BBC14E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29FF240F" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>CPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C170F8B" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Intel Core i3-3210 3.2 GHz / AMD A8-7600 APU 3.1 GHz or equivalent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="794B109E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="597A8762" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>RAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4CA88D8C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>2GB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="0811EC1F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4FC978A8" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>GPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F269739" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
@@ -3895,85 +3841,83 @@
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>GPU (Discrete): Nvidia GeForce 400 Series or AMD Radeon HD 7000 series with OpenGL 4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="7163208A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="329C24FF" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Disk Space</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B442C45" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
@@ -3984,69 +3928,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="02E4474C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A8FD726" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">*These are the minimum supported versions. The game should be able to run on these operating </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> but Minecraft will not be fixing any current or future bugs on these versions. </w:t>
+        <w:t xml:space="preserve">*These are the minimum supported versions. The game should be able to run on these operating systems but Minecraft will not be fixing any current or future bugs on these versions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B3D8A8C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12F9011B" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_b0q97z3xrx6e" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t>Mac</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75AC34B5" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
@@ -4054,247 +3980,239 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a2"/>
         <w:tblW w:w="9029" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4514"/>
         <w:gridCol w:w="4515"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F85526" w14:paraId="07FBF322" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A6F0407" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>OS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3FFA7F8C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>macOS Catalina 10.15* and up</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="1AF6CDBB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67AB0796" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>CPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="274EF417" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Intel Core i3-3210 3.2 GHz / AMD A8-7600 APU 3.1 GHz or equivalent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="2CBCDF4E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="093F3B54" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>RAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59D3C86D" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>2GB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="067718DF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64CF87C7" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>GPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0898D256" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t xml:space="preserve">GPU (Integrated): Intel HD Graphics 4000 (Ivy Bridge) or AMD Radeon R5 series (Kaveri line) with OpenGL 4.4  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C9D613" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -4303,145 +4221,125 @@
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F2696E0" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>GPU (Discrete): Nvidia GeForce 400 Series or AMD Radeon HD 7000 series with OpenGL 4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="48E56C86" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2201E27A" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Disk Space</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3D5A3664" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>At least 1 GB for game core, maps and other files</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2481347C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BC750CB" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">*These are the minimum supported versions. The game should be able to run on these operating </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> but Minecraft will not be fixing any current or future bugs on these versions. </w:t>
+        <w:t xml:space="preserve">*These are the minimum supported versions. The game should be able to run on these operating systems but Minecraft will not be fixing any current or future bugs on these versions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="787323C1" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="742FA32A" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_81v63gjtrizd" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t>Chromebook</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62936C6E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
@@ -4450,246 +4348,238 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9029" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4514"/>
         <w:gridCol w:w="4515"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F85526" w14:paraId="34DF462F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4CB3A0A3" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>OS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="22265D8A" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Chrome OS 83 and up</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="641A3B57" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="749444C0" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>CPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="771E651F" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Intel Core i3-3210 3.2 GHz / AMD A8-7600 APU 3.1 GHz or equivalent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="7AAFE469" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D6353CB" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>RAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="46926EC2" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>2GB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="7239FEC7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48DA8B7A" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>GPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0325A090" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t xml:space="preserve">GPU (Integrated): Intel HD Graphics 4000 (Ivy Bridge) or AMD Radeon R5 series (Kaveri line) with OpenGL 4.4  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="558D749A" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -4698,78 +4588,76 @@
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2EBF0BF2" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>GPU (Discrete): Nvidia GeForce 400 Series or AMD Radeon HD 7000 series with OpenGL 4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="0FA20202" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="35F01D84" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Disk Space</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="57A9294B" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>At least 1 GB for game core, maps and other files</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -4808,134 +4696,130 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="9029" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4514"/>
         <w:gridCol w:w="4515"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F85526" w14:paraId="59DB0222" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0FF522FC" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>OS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A4BD299" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>iOS 11/iPadOS 11 or higher</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="08450959" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41EDC84A" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>RAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A2994F9" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>2GB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -4977,254 +4861,238 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="9029" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4514"/>
         <w:gridCol w:w="4515"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F85526" w14:paraId="69CEC0F9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="000B9A8A" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>OS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="58344F30" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Android 8.0 or higher</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="712DFA62" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3BCE0472" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>CPU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="698D6A25" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
-              <w:t xml:space="preserve">32 or 64 </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>32 or 64 bit</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="3221C395" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0BEB85DA" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>RAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="657AC699" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>1GB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F85526" w14:paraId="2DED5D09" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54590976" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>Disk Space</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76CCE801" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
               </w:rPr>
               <w:t>At least 1 GB for game core, maps and other files</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -5301,65 +5169,51 @@
     </w:p>
     <w:p w14:paraId="569C432B" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_tytwamygnsa9" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t>1. Roster Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C9AE73" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">Each team must have the minimum number of players required to play their respective </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> title, as detailed in their respective sections of this rulebook.</w:t>
+        <w:t>Each team must have the minimum number of players required to play their respective esport title, as detailed in their respective sections of this rulebook.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B3645D9" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>Teams may compete with fewer than the minimum number of players on game day if a player is unavailable and the game allows for such (only in Rocket League for the ISA competition).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C226807" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
@@ -5916,65 +5770,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>If both teams face an issue, the game restarts. If only one team, they lose that game or can reconnect and keep playing if possible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21C3A82E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">Exceptions apply to Minecraft, where a server crash is considered the host team's </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and they will be penalized with a forfeit for that game.</w:t>
+        <w:t>Exceptions apply to Minecraft, where a server crash is considered the host team's fault and they will be penalized with a forfeit for that game.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A17BB3C" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
         <w:t>Forfeits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
@@ -5998,193 +5838,128 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="08C01518" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_xtroammoy40l" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>9. Competition Conduct</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF5F5BC" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">A wide array of actions, including cheating, hacking, exploiting game bugs, using </w:t>
-[...27 lines deleted...]
-        <w:t>, unauthorized communications and other forms of disrespectful conduct are not allowed as outlined in both the Daigon and ISA Codes of Conduct.</w:t>
+        <w:t>A wide array of actions, including cheating, hacking, exploiting game bugs, using signaling devices or other forms of unfair assistance, are strictly forbidden. Additionally, inappropriate language, insults, disruptive behavior, unauthorized communications and other forms of disrespectful conduct are not allowed as outlined in both the Daigon and ISA Codes of Conduct.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E11A18" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Unsportsmanlike </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Unsportsmanlike Behavior</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B2DAAC" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">Unsportsmanlike </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of any kind, such as harassment, discrimination, engaging in criminal activity, disclosing confidential information, non-compliance with league decisions, match-fixing, and bribery, is punishable whether committed intentionally or not.</w:t>
+        <w:t>Unsportsmanlike behavior of any kind, such as harassment, discrimination, engaging in criminal activity, disclosing confidential information, non-compliance with league decisions, match-fixing, and bribery, is punishable whether committed intentionally or not.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437BA4B1" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
         <w:t>Coach Conduct</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7969FA95" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">Coaches are expected to behave with respect, dignity, and professionalism. They're responsible for managing player </w:t>
-[...13 lines deleted...]
-        <w:t>, maintaining equipment, communicating openly and frequently, being present for matches, and following and enforcing all league rules.</w:t>
+        <w:t>Coaches are expected to behave with respect, dignity, and professionalism. They're responsible for managing player behavior, maintaining equipment, communicating openly and frequently, being present for matches, and following and enforcing all league rules.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71BF0FA0" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_ndv51o9bsmhz" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>10. Spirit of the Rules</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C763BC" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
@@ -6207,113 +5982,85 @@
         <w:lastRenderedPageBreak/>
         <w:t>DAIGON Code of Conduct</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D64E2D" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="_dncuil1oxlz3" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="008208C1" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">DAIGON </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> a safe, inclusive, and competitive platform for international schools to participate in esports. Our goal is to promote positive gaming habits, teamwork, integrity, and digital well-being among young gamers. The following Code of Conduct outlines the expectations and responsibilities of all players, coaches, parents, and organizers involved in DAIGON esports events.</w:t>
+        <w:t>DAIGON is dedicated to providing a safe, inclusive, and competitive platform for international schools to participate in esports. Our goal is to promote positive gaming habits, teamwork, integrity, and digital well-being among young gamers. The following Code of Conduct outlines the expectations and responsibilities of all players, coaches, parents, and organizers involved in DAIGON esports events.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17967B3B" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_3g2kqwtr8wei" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:t>Core Values</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="030232DF" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="_xz8n4wagsrvg" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t>Respect</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="066648FA" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">All participants must show respect for their opponents, the rules of the competition, and the values of DAIGON </w:t>
-[...13 lines deleted...]
-        <w:t>. This includes avoiding negative self-talk, acknowledging and wishing each other "Good Luck" and "Good Game," and refraining from any forms of violence, racism, sexism, homophobia, or religious discrimination.</w:t>
+        <w:t>All participants must show respect for their opponents, the rules of the competition, and the values of DAIGON at all times. This includes avoiding negative self-talk, acknowledging and wishing each other "Good Luck" and "Good Game," and refraining from any forms of violence, racism, sexism, homophobia, or religious discrimination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0A643F" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_rwjcubhzkyf6" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t xml:space="preserve">Integrity </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B4874D" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>Integrity is at the core of DAIGON and is expected from all participants. This includes conducting oneself with honesty and self-respect, and not using any cheating or exploiting tactics during game play.</w:t>
       </w:r>
@@ -6391,304 +6138,248 @@
         </w:rPr>
         <w:t>To ensure that all participants adhere to the DAIGON Code of Conduct, the following Behaviour Management process will be applied:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A610E7D" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="_t67pv8rg3wlr" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:t>Warning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0875ACAD" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the first instance, any player who displays </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> that is not in line with the expectations outlined in the Code of Conduct or the values of DAIGON will receive a warning.</w:t>
+        <w:t>In the first instance, any player who displays behavior that is not in line with the expectations outlined in the Code of Conduct or the values of DAIGON will receive a warning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="256E2577" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="58" w:name="_1x0bg1b3358u" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t>Yellow Card</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DA01E0D" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">The next step in the Behaviour Management process is a Yellow Card, which may be issued for repeated negative </w:t>
-[...27 lines deleted...]
-        <w:t>. A Yellow Card may also result in a temporary suspension from competitive play.</w:t>
+        <w:t>The next step in the Behaviour Management process is a Yellow Card, which may be issued for repeated negative behavior after a verbal warning. A player may also be issued a Yellow Card immediately for serious and offensive behavior. A Yellow Card may also result in a temporary suspension from competitive play.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52AD87B4" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="_wqyhlq7gzyal" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t>Red Card</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="663BD9F5" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">The final step in the Behaviour Management process is a Red Card, which signifies an instant disqualification for the offending player. A Red Card may also be issued immediately for extreme </w:t>
-[...13 lines deleted...]
-        <w:t>, such as violence, racism, sexism, homophobia, or religious discrimination. In the case of a Red Card, DAIGON will forward an incident report to the representative school within 48 hours.</w:t>
+        <w:t>The final step in the Behaviour Management process is a Red Card, which signifies an instant disqualification for the offending player. A Red Card may also be issued immediately for extreme behavior, such as violence, racism, sexism, homophobia, or religious discrimination. In the case of a Red Card, DAIGON will forward an incident report to the representative school within 48 hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2125767B" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_6hwgaqw1y6tg" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353F046E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>By adhering to the DAIGON Code of Conduct, all participants can help ensure that DAIGON esports events are safe, competitive, and enjoyable for everyone involved. We encourage all players, coaches, parents, and organizers to familiarize themselves with the Code of Conduct and to promote its values in their own communities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D99CF32" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="20AE85D6" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="62511FF5" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="5D43E334" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="10701CA2" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="3807250E" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="05255864" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="04BCA0B1" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="536D47CB" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="22681801" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:p w14:paraId="0E6DAF5D" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526"/>
     <w:sectPr w:rsidR="00F85526">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="21A7B31A" w14:textId="77777777" w:rsidR="00AA1D98" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2FB990FC" w14:textId="77777777" w:rsidR="00AA1D98" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{F3D0B218-D0C2-4542-A4F1-07E001BD4E73}"/>
-[...1 lines deleted...]
-    <w:embedBoldItalic r:id="rId3" w:fontKey="{07CC198A-CA5D-4AF1-B0F3-24032FA9EFD5}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{1CAF3388-70F8-44AE-8F85-84011781055C}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{11500F1E-75EF-40BB-AC25-6BA13E3B0485}"/>
+    <w:embedBoldItalic r:id="rId3" w:fontKey="{5A8754E2-9891-4A6A-A7C7-10AD2F6866D2}"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{3DA7E5BD-E797-424C-83FC-8D627DC64D9C}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{285FC8AA-6F21-4D2E-888E-B1B18EF2DEED}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{304A8487-C6BA-45DC-A659-B91282605958}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{B3610E91-DCEF-4FA3-B0CE-C4D7CA23628E}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{830EA055-F654-4225-8636-8FAA5DCE1706}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{EBE40FA3-A142-4F48-BE04-1A6A38E851D3}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="494FC29A" w14:textId="77777777" w:rsidR="00AA1D98" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7F61579B" w14:textId="77777777" w:rsidR="00AA1D98" w:rsidRDefault="00AA1D98">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66B22D70" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00AA1D98">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="14F5DE20" wp14:editId="37572EFE">
           <wp:extent cx="2049788" cy="656728"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="image2.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -6739,51 +6430,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1945013" cy="463531"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="5C861381" w14:textId="77777777" w:rsidR="00F85526" w:rsidRDefault="00F85526">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00375FCB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="961897F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8252,108 +7943,109 @@
   <w:num w:numId="7" w16cid:durableId="1626039718">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="153841079">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2103214034">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2142727306">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1957174933">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1100880808">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1223634405">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F85526"/>
+    <w:rsid w:val="00723C3B"/>
+    <w:rsid w:val="00A27599"/>
     <w:rsid w:val="00AA1D98"/>
     <w:rsid w:val="00E947C9"/>
     <w:rsid w:val="00F85526"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="69961BA1"/>
   <w15:docId w15:val="{01D71977-7DA4-4846-AF04-CB0BD9604232}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8975,59 +8667,82 @@
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00723C3B"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00723C3B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calendly.com/elliot-mack/fall-2023-support-call" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.minecraft.net/en-us/licensing" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@daigonesports.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1w9b8IOVh-RCOxkqvlP7XmV64qxbJ7B6-/view?usp=share_link" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.minecraft.net/en-us/licensing" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://store.epicgames.com/en-US/p/rocket-league" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://store.epicgames.com/en-US/p/rocket-league" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.minecraft.net/en-us/licensing" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calendly.com/elliot-mack/fall-2023-support-call" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1w9b8IOVh-RCOxkqvlP7XmV64qxbJ7B6-/view?usp=share_link" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@daigonesports.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.minecraft.net/en-us/licensing" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -9314,55 +9029,388 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010018DA2583EE83514C889C86689DE54F13" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="208adefbb7b0517581c9458d57134857">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cfccd0e1-a135-436e-ad3a-7c1799450d1a" xmlns:ns3="860bc6ed-f230-450b-be4d-c228e6cc7ee6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="805a9858407d00d1b9388642f4e8d6c3" ns2:_="" ns3:_="">
+    <xsd:import namespace="cfccd0e1-a135-436e-ad3a-7c1799450d1a"/>
+    <xsd:import namespace="860bc6ed-f230-450b-be4d-c228e6cc7ee6"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cfccd0e1-a135-436e-ad3a-7c1799450d1a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b27f4d17-21a6-4907-9329-b0889dbbc1a4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="860bc6ed-f230-450b-be4d-c228e6cc7ee6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6e4f496f-3b75-4237-9119-28da57d812bb}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="860bc6ed-f230-450b-be4d-c228e6cc7ee6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="cfccd0e1-a135-436e-ad3a-7c1799450d1a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="860bc6ed-f230-450b-be4d-c228e6cc7ee6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D78DB88-1FF7-4942-B822-52DE7908DF34}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9558A244-9B36-4246-A0ED-63CD2AD2E843}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="cfccd0e1-a135-436e-ad3a-7c1799450d1a"/>
+    <ds:schemaRef ds:uri="860bc6ed-f230-450b-be4d-c228e6cc7ee6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA092CF5-BEFD-423F-85BB-2509BE253299}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="cfccd0e1-a135-436e-ad3a-7c1799450d1a"/>
+    <ds:schemaRef ds:uri="860bc6ed-f230-450b-be4d-c228e6cc7ee6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>2619</Words>
-  <Characters>14932</Characters>
+  <Words>2881</Words>
+  <Characters>14666</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>523</Lines>
+  <Paragraphs>373</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17516</CharactersWithSpaces>
+  <CharactersWithSpaces>17174</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Emily Ward</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010018DA2583EE83514C889C86689DE54F13</vt:lpwstr>
+  </property>
+</Properties>
+</file>